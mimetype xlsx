--- v0 (2026-01-02)
+++ v1 (2026-03-03)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\eSys - LODGEMENTS\Lodgement Excel Templates for website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B5C67F3F-BBD9-4514-B8A0-355AC42425EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F49D1F96-4AA9-4DF4-A676-824E7F0C5C4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Lodgement Information" sheetId="5" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="P4" i="5" l="1"/>
   <c r="P5" i="5"/>
   <c r="P6" i="5"/>
   <c r="P7" i="5"/>
   <c r="P8" i="5"/>
@@ -1009,52 +1009,52 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P253"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A292" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="O316" sqref="O316"/>
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" customWidth="1"/>
     <col min="3" max="3" width="27.42578125" customWidth="1"/>
     <col min="4" max="4" width="15.7109375" customWidth="1"/>
     <col min="5" max="5" width="18.28515625" customWidth="1"/>
     <col min="6" max="6" width="6.28515625" customWidth="1"/>
     <col min="7" max="7" width="10.28515625" customWidth="1"/>
     <col min="8" max="8" width="8.5703125" customWidth="1"/>
     <col min="9" max="9" width="13.7109375" customWidth="1"/>
     <col min="10" max="10" width="10.7109375" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" customWidth="1"/>
     <col min="12" max="12" width="19.85546875" customWidth="1"/>
     <col min="13" max="13" width="14.85546875" customWidth="1"/>
     <col min="14" max="14" width="22.85546875" customWidth="1"/>
     <col min="15" max="15" width="14.28515625" style="2" customWidth="1"/>
     <col min="16" max="16" width="28" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>13</v>
@@ -6383,59 +6383,59 @@
       <c r="J253" s="18"/>
       <c r="K253" s="18"/>
       <c r="L253" s="18"/>
       <c r="M253" s="18"/>
       <c r="N253" s="18"/>
       <c r="O253" s="21"/>
       <c r="P253" s="19" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations xWindow="1084" yWindow="405" count="10">
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Amount less than $20." error="Only lodgements greater than $20 can be lodged with the SRO" sqref="M1:M2 M4:M1048576" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>20</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Lodgement under $20" error="Gross amount minus Reasonable Expense amount under $20." sqref="N1:N2 N5:N1048576" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation type="date" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid date range" error="The date you have entered is after 1 March 2017._x000a__x000a_*Unclaimed money is any amount of $20 or more that is legally payable to an owner but has remained unpaid for 12 months or more as at 1 March of the current year." sqref="O1:O2 O254:O1048576" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>45352</formula1>
     </dataValidation>
     <dataValidation type="custom" showInputMessage="1" showErrorMessage="1" errorTitle="Name of Owner" error="You must enter tha name of the Owner of the Debt before entering the address (Column A)" sqref="B1:B1048576" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>IF(A1="",0,1)</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="The owner entitled to unclaimed money. _x000a__x000a_If the owner of the funds is unknown, please enter ‘Owner Unknown’ in the field_x000a_" sqref="A3" xr:uid="{00000000-0002-0000-0000-000004000000}"/>
-    <dataValidation type="date" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid date range" error="The date you have entered is after 1 March 2024._x000a__x000a_*Unclaimed money is any amount of $20 or more that is legally payable to an owner but has remained unpaid for 12 months or more as at 1 March of the current year." prompt="Funds which have remained unpaid for 12 months or more as at 1 March of the current year._x000a__x000a_Example: For lodgements made in 2025, the funds must have a date payable on or before 1 March 2024. _x000a_" sqref="O3" xr:uid="{00000000-0002-0000-0000-000005000000}">
+    <dataValidation type="date" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid date range" error="The date you have entered is after 1 March 2024._x000a__x000a_*Unclaimed money is any amount of $20 or more that is legally payable to an owner but has remained unpaid for 12 months or more as at 1 March of the current year." prompt="Funds which have remained unpaid for 12 months or more as at 1 March of the current year._x000a__x000a_Example: For lodgements made in 2026, the funds must have a date payable on or before 1 March 2025. _x000a_" sqref="O3" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>45352</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Information relating to the nature of the funds, for example; dividends, overpaid account, bond etc. " sqref="L3" xr:uid="{00000000-0002-0000-0000-000006000000}"/>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Amount less than $20." error="Only lodgements greater than $20 can be lodged with the SRO" prompt="UCM is any amount of $20 or more. A business isn't required to pay an amount if the gross UCM legally payable to an owner is less than $20. A business can aggregate amounts payable to the same owner (that totals $20 or more) &amp; lodge it with the SRO." sqref="M3" xr:uid="{00000000-0002-0000-0000-000007000000}">
       <formula1>20</formula1>
     </dataValidation>
-    <dataValidation type="date" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid date range" error="The date you have entered is after 1 March 2024_x000a__x000a_*Unclaimed money is any amount of $20 or more that is legally payable to an owner but has remained unpaid for 12 months or more as at 1 March of the current year." sqref="O4:O253" xr:uid="{00000000-0002-0000-0000-000009000000}">
-      <formula1>45352</formula1>
+    <dataValidation type="date" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid date range" error="The date you have entered is after 1 March 2025_x000a__x000a_*Unclaimed money is any amount of $20 or more that is legally payable to an owner but has remained unpaid for 12 months or more as at 1 March of the current year." sqref="O4:O253" xr:uid="{00000000-0002-0000-0000-000009000000}">
+      <formula1>45717</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Reasonable expenses as defined under the Unclaimed Money Act 2008 are limited to: Stationary, Bank Fee's or Postage._x000a__x000a_You can not deduct reasonable expenses for wages, time spent preparing your regsiter or a general amount/percentage for each entry." sqref="N3" xr:uid="{06215CCF-5DCD-4D32-9896-332313992CA3}"/>
   </dataValidations>
   <pageMargins left="0.43" right="0.27" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="72" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>